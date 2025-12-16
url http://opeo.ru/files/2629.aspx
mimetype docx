--- v0 (2025-10-10)
+++ v1 (2025-12-16)
@@ -28,58 +28,76 @@
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:p w:rsidR="00693073" w:rsidRPr="0055260F" w:rsidRDefault="00693073" w:rsidP="00693073">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0055260F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
         <w:t xml:space="preserve">ПРОТОКОЛ № </w:t>
       </w:r>
+      <w:r w:rsidR="00D52AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:t>21</w:t>
+      </w:r>
       <w:r w:rsidR="002508D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
-        <w:t>03/23</w:t>
+        <w:t>/2</w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+        </w:rPr>
+        <w:t>2</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00693073" w:rsidRPr="0055260F" w:rsidRDefault="00693073" w:rsidP="00693073">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0055260F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">заседания </w:t>
       </w:r>
@@ -268,115 +286,126 @@
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00D17F00">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:r w:rsidRPr="00A63E4F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
-      <w:r w:rsidR="002508D8">
+      <w:r w:rsidR="00D52AEE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>25</w:t>
+        <w:t>11</w:t>
       </w:r>
       <w:r w:rsidRPr="00A63E4F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">» </w:t>
       </w:r>
-      <w:r w:rsidR="002508D8">
+      <w:r w:rsidR="00D52AEE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>января</w:t>
+        <w:t>июля</w:t>
       </w:r>
       <w:r w:rsidR="007B2C4D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A63E4F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="002508D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>23</w:t>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00D52AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00A63E4F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> г.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00BF37B9" w:rsidRDefault="00BF37B9" w:rsidP="00693073">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
@@ -926,163 +955,152 @@
           <w:szCs w:val="25"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00350BDE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Кулахметову</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00350BDE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> А.А. о соответствии требованиям к членству в МСНО-НП «ОПЭО» на основании поданных документов </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D52AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сметанина Владимира Владимировича</w:t>
+      </w:r>
       <w:r w:rsidR="002508D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Галауовой</w:t>
-[...29 lines deleted...]
-        <w:t>, а также Сладких Юлии Андреевны.</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004C34F1" w:rsidRPr="00350BDE" w:rsidRDefault="004C34F1" w:rsidP="004C34F1">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="004C34F1" w:rsidRPr="00350BDE" w:rsidRDefault="004C34F1" w:rsidP="004C34F1">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00350BDE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ПОСТАНОВИЛИ:</w:t>
       </w:r>
       <w:r w:rsidRPr="00350BDE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D52AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сметанин</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D52AEE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="25"/>
+          <w:szCs w:val="25"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Владимир Владимирович</w:t>
+      </w:r>
       <w:r w:rsidR="002508D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Галаулова</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="002508D8">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Лилия Рамисовна, а также Сладких Юлия Андреевна</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> соответствует</w:t>
+        <w:t>соответствует</w:t>
       </w:r>
       <w:r w:rsidRPr="00350BDE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> требованиям, предъявляемым к членству в </w:t>
       </w:r>
       <w:r w:rsidR="002508D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00350BDE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
           <w:lang w:eastAsia="ru-RU"/>
@@ -1293,52 +1311,50 @@
           <w:szCs w:val="25"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A63E4F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Е.Л. ПАЛОЧКИН</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00895992" w:rsidRPr="00A63E4F" w:rsidRDefault="00895992" w:rsidP="007E6648">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="00EE1755" w:rsidRPr="00A63E4F" w:rsidRDefault="00693073" w:rsidP="00A81014">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A63E4F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Секретарь заседания</w:t>
       </w:r>
       <w:r w:rsidRPr="00A63E4F">
         <w:rPr>
@@ -6270,50 +6286,51 @@
     <w:rsid w:val="00CD7357"/>
     <w:rsid w:val="00CE1DF2"/>
     <w:rsid w:val="00CE4EDB"/>
     <w:rsid w:val="00CE7BE8"/>
     <w:rsid w:val="00CF1EF7"/>
     <w:rsid w:val="00CF2593"/>
     <w:rsid w:val="00CF422F"/>
     <w:rsid w:val="00CF493F"/>
     <w:rsid w:val="00CF5F48"/>
     <w:rsid w:val="00CF6257"/>
     <w:rsid w:val="00CF67F8"/>
     <w:rsid w:val="00CF7635"/>
     <w:rsid w:val="00D029E1"/>
     <w:rsid w:val="00D0552A"/>
     <w:rsid w:val="00D06C87"/>
     <w:rsid w:val="00D1179E"/>
     <w:rsid w:val="00D1286E"/>
     <w:rsid w:val="00D17F00"/>
     <w:rsid w:val="00D27171"/>
     <w:rsid w:val="00D27BA5"/>
     <w:rsid w:val="00D27D97"/>
     <w:rsid w:val="00D36BBF"/>
     <w:rsid w:val="00D40470"/>
     <w:rsid w:val="00D44090"/>
     <w:rsid w:val="00D47C7B"/>
+    <w:rsid w:val="00D52AEE"/>
     <w:rsid w:val="00D57AC0"/>
     <w:rsid w:val="00D6660B"/>
     <w:rsid w:val="00D74029"/>
     <w:rsid w:val="00D7594A"/>
     <w:rsid w:val="00D82502"/>
     <w:rsid w:val="00D83D7A"/>
     <w:rsid w:val="00D8487D"/>
     <w:rsid w:val="00D85D8D"/>
     <w:rsid w:val="00D90D49"/>
     <w:rsid w:val="00DA0436"/>
     <w:rsid w:val="00DA23F1"/>
     <w:rsid w:val="00DA7BCC"/>
     <w:rsid w:val="00DB42D5"/>
     <w:rsid w:val="00DE323B"/>
     <w:rsid w:val="00DE5341"/>
     <w:rsid w:val="00DE57A2"/>
     <w:rsid w:val="00DE5938"/>
     <w:rsid w:val="00DF017A"/>
     <w:rsid w:val="00DF050E"/>
     <w:rsid w:val="00DF0879"/>
     <w:rsid w:val="00DF4D8A"/>
     <w:rsid w:val="00DF4EAF"/>
     <w:rsid w:val="00DF69FB"/>
     <w:rsid w:val="00DF7941"/>
     <w:rsid w:val="00E02778"/>
@@ -8713,78 +8730,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4A2B5F97-1B81-4F69-89BB-D1E06A193B1D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EEB25386-0D11-468E-8AB2-82544D675650}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>200</Words>
-  <Characters>1143</Characters>
+  <Words>192</Words>
+  <Characters>1099</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>9</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>MBC</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1341</CharactersWithSpaces>
+  <CharactersWithSpaces>1289</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Тамара В. Никульшина</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>