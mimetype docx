--- v0 (2025-10-31)
+++ v1 (2025-12-16)
@@ -1230,50 +1230,205 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> с 28.10.2025 по 07.11.2025</w:t>
       </w:r>
       <w:r w:rsidRPr="006C53BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
+    <w:p w:rsidR="00092B98" w:rsidRDefault="00092B98" w:rsidP="00092B98">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C53BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">О </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>приостановлении</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C53BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> права осуществления оценочной деятельности на основании представленного личного заявления члена МСНО-НП «ОПЭО» </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Крюковой В.А.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (рег. № 16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>60</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>76</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C53BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с 22</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.10.2025 по </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>31.12.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2025</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C53BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00092B98" w:rsidRDefault="00092B98" w:rsidP="00092B98">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w:rsidR="00861C26" w:rsidRDefault="00861C26" w:rsidP="00861C26">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00BE40C8" w:rsidRPr="000736A1" w:rsidRDefault="00BE40C8" w:rsidP="00BE40C8">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="008F0B0E" w:rsidRDefault="008F0B0E" w:rsidP="008F0B0E">
@@ -1534,52 +1689,50 @@
         <w:ind w:left="360" w:firstLine="348"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00861C26" w:rsidRPr="00D95442" w:rsidRDefault="00861C26" w:rsidP="00D95442">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="38"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00D95442">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>СЛУШАЛИ</w:t>
       </w:r>
       <w:r w:rsidRPr="00D95442">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D95442">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -1741,50 +1894,320 @@
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="006D5E38" w:rsidRDefault="006D5E38" w:rsidP="006D5E38">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="006D5E38" w:rsidRDefault="006D5E38" w:rsidP="006D5E38">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C53BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Голосование: «за» - единогласно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00092B98" w:rsidRDefault="00092B98" w:rsidP="006D5E38">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00092B98" w:rsidRDefault="00092B98" w:rsidP="00092B98">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="38"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D95442">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>СЛУШАЛИ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D95442">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D95442">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Раванд</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D95442">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Н.Р. о приостановлении права осуществления оценочной деятельности на основании представленного личного заявления члена МСНО-НП «ОПЭО» </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Крюковой В.А. (рег. № 1660.76</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C53BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с 22.10.2025 по 31.12.2025</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C53BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00092B98" w:rsidRPr="00D95442" w:rsidRDefault="00092B98" w:rsidP="00092B98">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00092B98" w:rsidRPr="00861C26" w:rsidRDefault="00092B98" w:rsidP="00092B98">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00092B98" w:rsidRDefault="00092B98" w:rsidP="00092B98">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C53BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ПОСТАНОВИЛИ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C53BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C53BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>риостанов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ить право</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C53BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осуществления оценочной деятельности на основании представленного личного заявления члена МСНО-НП «ОПЭО» </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Крюковой В.А. (рег. № 1660.76</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C53BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с 22.10.2025 по 31.12.2025</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C53BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00092B98" w:rsidRDefault="00092B98" w:rsidP="00092B98">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="00092B98" w:rsidRDefault="00092B98" w:rsidP="00092B98">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C53BB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Голосование: «за» - единогласно.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008F0B0E" w:rsidRDefault="008F0B0E" w:rsidP="003B21E3">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
@@ -2182,55 +2605,54 @@
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="00714263" w:rsidRDefault="00714263">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="00714263" w:rsidRDefault="00714263">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
@@ -2282,51 +2704,51 @@
     <w:pPr>
       <w:pStyle w:val="a3"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="a5"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a5"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a5"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a5"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00D95442">
+    <w:r w:rsidR="00092B98">
       <w:rPr>
         <w:rStyle w:val="a5"/>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a5"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="00E672C8" w:rsidRDefault="00E672C8">
     <w:pPr>
       <w:pStyle w:val="a3"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
@@ -6026,50 +6448,51 @@
     <w:rsid w:val="000459BE"/>
     <w:rsid w:val="00050E8C"/>
     <w:rsid w:val="00052669"/>
     <w:rsid w:val="00053E3D"/>
     <w:rsid w:val="0005508F"/>
     <w:rsid w:val="000557A9"/>
     <w:rsid w:val="00056E0E"/>
     <w:rsid w:val="0006113B"/>
     <w:rsid w:val="00061B08"/>
     <w:rsid w:val="0006364C"/>
     <w:rsid w:val="000651AC"/>
     <w:rsid w:val="0006555F"/>
     <w:rsid w:val="0006691D"/>
     <w:rsid w:val="00067DA9"/>
     <w:rsid w:val="000712B6"/>
     <w:rsid w:val="000731AC"/>
     <w:rsid w:val="0007387A"/>
     <w:rsid w:val="00073EC0"/>
     <w:rsid w:val="00075ECB"/>
     <w:rsid w:val="000779B7"/>
     <w:rsid w:val="00083679"/>
     <w:rsid w:val="00090A1C"/>
     <w:rsid w:val="00091432"/>
     <w:rsid w:val="000919A1"/>
     <w:rsid w:val="00091BC7"/>
+    <w:rsid w:val="00092B98"/>
     <w:rsid w:val="00094527"/>
     <w:rsid w:val="000A0B31"/>
     <w:rsid w:val="000A32F3"/>
     <w:rsid w:val="000A4173"/>
     <w:rsid w:val="000A4452"/>
     <w:rsid w:val="000A4D75"/>
     <w:rsid w:val="000A6D79"/>
     <w:rsid w:val="000A7FBA"/>
     <w:rsid w:val="000B1F85"/>
     <w:rsid w:val="000B3EC7"/>
     <w:rsid w:val="000B4405"/>
     <w:rsid w:val="000B46D7"/>
     <w:rsid w:val="000B5218"/>
     <w:rsid w:val="000B7405"/>
     <w:rsid w:val="000C0D1F"/>
     <w:rsid w:val="000C3580"/>
     <w:rsid w:val="000C38A6"/>
     <w:rsid w:val="000C4F82"/>
     <w:rsid w:val="000D277F"/>
     <w:rsid w:val="000D27CE"/>
     <w:rsid w:val="000D32E9"/>
     <w:rsid w:val="000D5CEC"/>
     <w:rsid w:val="000E2F09"/>
     <w:rsid w:val="000E6361"/>
     <w:rsid w:val="000E7640"/>
@@ -9525,78 +9948,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D9B91EEA-3052-49D4-BB24-2C9E1D3CE344}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{66737408-8184-4E76-BC83-B37912B75C0A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>414</Words>
-  <Characters>2360</Characters>
+  <Words>508</Words>
+  <Characters>2898</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>19</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>24</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>MBC</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2769</CharactersWithSpaces>
+  <CharactersWithSpaces>3400</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Тамара В. Никульшина</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>